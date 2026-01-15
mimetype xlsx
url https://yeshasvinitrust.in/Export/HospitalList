--- v0 (2025-10-31)
+++ v1 (2026-01-15)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="153222"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="State" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullPrecision="1" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3381" count="5143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3398" count="5173">
   <si>
     <t>Sl.No.</t>
   </si>
   <si>
     <t>Hospital Name</t>
   </si>
   <si>
     <t>Govt/Pvt</t>
   </si>
   <si>
     <t xml:space="preserve">District </t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Hospital Email ID</t>
   </si>
   <si>
     <t>Hospital Phone Number</t>
   </si>
   <si>
     <t>ಎ ವಿ ದಡ್ಡೇನವರ್</t>
   </si>
   <si>
@@ -1694,51 +1694,51 @@
   <si>
     <t>ಎಂ.ಎಚ್. ಮರಿಗೌಡ ರಸ್ತೆ, ಹೊಂಬೇಗೌಡ ನಗರ, ಬೆಂಗಳೂರು -560029</t>
   </si>
   <si>
     <t>mahanteshas17@gmail.com</t>
   </si>
   <si>
     <t>9980335890</t>
   </si>
   <si>
     <t>ಕಿಮ್ಸ್ ಆಸ್ಪತ್ರೆ ಮತ್ತು ಸಂಶೋಧನಾ ಕೇಂದ್ರ</t>
   </si>
   <si>
     <t>ಕೆ.ಆರ್.ರಸ್ತೆ, ವಿ.ವಿ.ಪುರಂ, ಬೆಂಗಳೂರು -560004.</t>
   </si>
   <si>
     <t>kimshospitalbangalore@gmail.com</t>
   </si>
   <si>
     <t>9448257272</t>
   </si>
   <si>
     <t>ಕೃಷ್ಣ ನೇತ್ರಾಲಯ</t>
   </si>
   <si>
-    <t>ಕೃಷ್ಣ ನೇತ್ರಾಲಯ, ಬಿ.ಬಿ. ರಸ್ತೆ, ಯಲಹಂಕ ಓಲ್ಡ್ ಟೌನ್ ಬಸ್ ನಿಲ್ದಾಣ, ಬೆಂಗಳೂರು - 560064</t>
+    <t>ಸಂಖ್ಯೆ 10 1ನೇ ಮಹಡಿ 1ನೇ ಮುಖ್ಯ ರಸ್ತೆ ಯಲಹಂಕ ಶರಾವತಿ ಬಸ್ ನಿಲ್ದಾಣ ಮತ್ತು ಗರುಡ ಮಾಲ್ ಬಳಿ ಬೇಕ್ ಮೇಲೆ ಹೊಸ ಪಟ್ಟಣ, ಬೆಂಗಳೂರು - 560064</t>
   </si>
   <si>
     <t>krishnanethralaya@gmail.com</t>
   </si>
   <si>
     <t>080-28563564 / 8749078556</t>
   </si>
   <si>
     <t>ಲೇಡಿ ಕರ್ಜೆನ್ ಮತ್ತು ಬೌರಿಂಗ್ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ವೈದ್ಯಕೀಯ ಅಧೀಕ್ಷಕರು, ಲೇಡಿ ಕರ್ಜನ್ ಮತ್ತು ಬೌರಿಂಗ್ ಆಸ್ಪತ್ರೆ ಶಿವಾಜಿ ನಗರ, ಬೆಂಗಳೂರು</t>
   </si>
   <si>
     <t>bowringhospital@gmail.com</t>
   </si>
   <si>
     <t>25591362/25591804</t>
   </si>
   <si>
     <t>ಎಂ.ಎಸ್. ರಾಮಯ್ಯ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಹಣಕಾಸು ವ್ಯವಸ್ಥಾಪಕ, ಎಂ.ಎಸ್.ರಾಮಯ್ಯ ಆಸ್ಪತ್ರೆ, ಎಂ.ಎಸ್.ಆರ್.ನಗರ ಎಂ.ಎಸ್.ಆರ್.ಐ.ಟಿ. ಅಂಚೆ, ಬೆಂಗಳೂರು-560 034</t>
   </si>
@@ -9017,60 +9017,60 @@
   <si>
     <t>ಬಾಗಲಕೋಟ ಮಲ್ಟಿಸ್ಪೆಷಾಲಿಟಿ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಪ್ಲಾಟ್ ಸಂಖ್ಯೆ-169/A/1A/, ವಾರ್ಡ್ ಸಂಖ್ಯೆ-10, ಎದುರು: ನೀರಿನ ಟ್ಯಾಂಕ್, ಮಹಾವೀರ್ ರಸ್ತೆ, ಬಾಗಲಕೋಟ.</t>
   </si>
   <si>
     <t>bmhospital2010@redoffmail.com</t>
   </si>
   <si>
     <t>9448102222</t>
   </si>
   <si>
     <t>ಎಸ್.ನಿಜಲಿಂಗಪ್ಪ ವೈದ್ಯಕೀಯ ಕಾಲೇಜು ಮತ್ತು ಹಾನಗಲ್, ಶ್ರೀ ಕುಮಾರೇಶ್ವರ ಆಸ್ಪತ್ರೆ ಮತ್ತು ಸಂಶೋಧನಾ ಕೇಂದ್ರ</t>
   </si>
   <si>
     <t>ನವನಗರ, ಬಾಗಲಕೋಟೆ -587103.</t>
   </si>
   <si>
     <t>snmcmedbgk@yahoo.co.in</t>
   </si>
   <si>
     <t>9480838300</t>
   </si>
   <si>
-    <t>ಫೋರಮ್ ಆಸ್ಪತ್ರೆ ಮತ್ತು ಆರೋಗ್ಯ ರಕ್ಷಣಾ ಲಿಮಿಟೆಡ್</t>
-[...8 lines deleted...]
-    <t>9742806663</t>
+    <t>ಆಲ್ಟರ್ ಆಸ್ಪತ್ರೆ, (HLMV ಹೆಲ್ತ್ ಕೇರ್ LLP)</t>
+  </si>
+  <si>
+    <t>23 &amp; 23A, ಟಿ.ಸಿ.ಪಾಳ್ಯ ಸಿಗ್ನಲ್ ಹತ್ತಿರ, ಕೆ.ಆರ್.ಪುರಂ, ಬೆಂಗಳೂರು -560036.</t>
+  </si>
+  <si>
+    <t>altorhospitals@gmail.com</t>
+  </si>
+  <si>
+    <t>8310628653</t>
   </si>
   <si>
     <t>ಚಿರಂಜೀವಿ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ವಿಜಯನಗರ ಕಾಲೇಜು ಹತ್ತಿರ, ಅಮರಾವತಿ, ಹೊಸಪೇಟೆ (TQ), ವಿಜಯನಗರ -583201</t>
   </si>
   <si>
     <t>sharanhongal@gmail.com</t>
   </si>
   <si>
     <t>9739129933</t>
   </si>
   <si>
     <t>ವರ್ತೂರು ಮುಖ್ಯ ರಸ್ತೆ, ಕುಂದಲಹಳ್ಳಿ ಗೇಟ್, ಬೆಂಗಳೂರು-560037.</t>
   </si>
   <si>
     <t>bde1.blr@sankaraeye.com</t>
   </si>
   <si>
     <t>9739883996</t>
   </si>
   <si>
     <t>ಎಂ.ಎಂ.ಜೋಶಿ ಐ ಇನ್ಸ್ಟಿಟ್ಯೂಟ್ ಪ್ರೈ. ಲಿಮಿಟೆಡ್</t>
   </si>
@@ -10061,60 +10061,51 @@
   <si>
     <t>ಪ್ರಗತಿ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಜಿ ಹೆಚ್ ರಸ್ತೆ ಅಶೋಕ್ ನಗರ ಮಂಡ್ಯ - 571401</t>
   </si>
   <si>
     <t>pragathihealthcare@gmail.com</t>
   </si>
   <si>
     <t>9844136146</t>
   </si>
   <si>
     <t>ಕಿರಣ್ ಕಣ್ಣಿನ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>#20, ನೆಲ ಮಹಡಿ, 9ನೇ ಅಡ್ಡರಸ್ತೆ, ಜೆಪಿ ನಗರ, 1ನೇ ಹಂತ, ಬೆಂಗಳೂರು – 560078</t>
   </si>
   <si>
     <t>claims.kiraneyehospital@gmail.com</t>
   </si>
   <si>
     <t>9968859778</t>
   </si>
   <si>
-    <t>ಮಿತ್ರ ಆಸ್ಪತ್ರೆ</t>
-[...8 lines deleted...]
-    <t>9845082810</t>
+    <t/>
   </si>
   <si>
     <t>ಅಥೇನಾ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಅಥೇನಾ ಆಸ್ಪತ್ರೆ, ಫಲ್ನೀರ್ ರಸ್ತೆ, ಮಂಗಳೂರು -575001 ದ.ಕ.</t>
   </si>
   <si>
     <t>athenahosp@gmail.com</t>
   </si>
   <si>
     <t>702289173</t>
   </si>
   <si>
     <t>ತೆಗ್ಗಿ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಗಾಂಧಿ ವೃತ್ತದ ಹತ್ತಿರ, ನಾಗನಗೌಡ ಕಾಂಪ್ಲೆಕ್ಸ್, ಗಾಂಧಿ ನಗರ ಬಿಳಗಿ (Tq), ಬಾಗಲಕೋಟ.</t>
   </si>
   <si>
     <t>hospitalteggi@gmail.com</t>
   </si>
   <si>
     <t>9591740828</t>
   </si>
@@ -10164,50 +10155,110 @@
     <t>mohanbiradar56@gmail.com</t>
   </si>
   <si>
     <t>ಬುದ್ದೂರ್ ಕ್ಲಿನಿಕ್ ಸರ್ಜಿಕಲ್ ಎಂಡ್ ಮ್ಯಾಟರ್ನಿಟಿ ಹೋಮ್</t>
   </si>
   <si>
     <t>ಬದ್ದೂರು ಕ್ಲಿನಿಕ್, ಸರ್ಜಿಕಲ್ ಮತ್ತು ಹೆರಿಗೆ ಮನೆ, ಬಣಕಾರ ಪೆಟ್ರೋಲ್ ಬಂಕ್ ಹಿಂದೆ ಜಮಖಂಡಿ ರಸ್ತೆ ಬನಹಟ್ಟಿ-587311 ಬಾಗಲಕೋಟ ಕರ್ನಾಟಕ</t>
   </si>
   <si>
     <t>mibaddur@gmail.com</t>
   </si>
   <si>
     <t>7676519422</t>
   </si>
   <si>
     <t>ಬಡಕಲಿ ಮೀಟರ್ನಿಟಿ &amp; ಚಿಲ್ಡ್ರನ್ಸ್ ಹಾಸ್ಪಿಟಲ್</t>
   </si>
   <si>
     <t>ವಿದ್ಯಾಗಿರಿ, 17ನೇ ಬಿ ಧರತಿ ಪ್ಲಾಜಾ, ಇಂಜಿನಿಯರಿಂಗ್ ಕಾಲೇಜು ವೃತ್ತ, ಬಾಗಲಕೋಟ</t>
   </si>
   <si>
     <t>ashok_diya@yahoo.com</t>
   </si>
   <si>
     <t>9880227403</t>
+  </si>
+  <si>
+    <t>ಶ್ರೀ ಸಂಜೀವಿನಿ ಮಲ್ಟಿಸ್ಪೆಷಾಲಿಟಿ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>#345/18, ರಾಮೋಹಳ್ಳಿ ಗ್ರಾಮ, ಕೆಂಗೇರಿ ಹೋಬಳಿ, ಬೆಂಗಳೂರು -560074.</t>
+  </si>
+  <si>
+    <t>drprathap994@gmail.com; sanjeevinihospital15@gmail.com</t>
+  </si>
+  <si>
+    <t>9611629724</t>
+  </si>
+  <si>
+    <t>ವೇದಾಂತ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>2 ನೇ ಮಹಡಿ, ಬೆಸ್ತರ ಸಂಘ  ಕಟ್ಟಡ, ಮದಕರಿ ವೃತ್ತ, ರಂಗಯ್ಯನ ಬಾಗಿಲಿನ ಹತ್ತಿರ, ಚಿತ್ರದುರ್ಗ -577501.</t>
+  </si>
+  <si>
+    <t>tejasviht@gmail.com; svhc@sarjihospital.com</t>
+  </si>
+  <si>
+    <t>9167153866</t>
+  </si>
+  <si>
+    <t>ಬೆಂಗಳೂರು ಮಧುಮೇಹ ಮತ್ತು ಕಣ್ಣಿನ ಆಸ್ಪತ್ರೆ, ಶ್ರದ್ಧಾ ಕಣ್ಣಿನ ಆರೈಕೆ ಟ್ರಸ್ಟ್‌ನ ಒಂದು ಘಟಕ</t>
+  </si>
+  <si>
+    <t>16/M, ಮಿಲ್ಲರ್ ಟ್ಯಾಂಕ್ ಬೆಡ್ ಏರಿಯಾ, ತಿಮ್ಮಯ್ಯ ರಸ್ತೆ, ವಸಂತನಗರ, ಬೆಂಗಳೂರು -560052.</t>
+  </si>
+  <si>
+    <t>director@shraddhaeyecuretrust.com</t>
+  </si>
+  <si>
+    <t>9535480165</t>
+  </si>
+  <si>
+    <t>ಶ್ರಿ ವೆಂಕಟೆಶ್ವಾರಾ ಹಾಸ್ಪಿಟಲ್</t>
+  </si>
+  <si>
+    <t>1 ನೇ ಮುಖ್ಯ, 1 ನೇ ಕ್ರಾಸ್, ವಿನಾಯಕ ನಗರ, ಕ್ಯಾಲ್ಟೆಕ್ಸ್ ಸರ್ಕಲ್, ತುಮಕೂರು -575101</t>
+  </si>
+  <si>
+    <t>insurance.svh4354@gmail.com</t>
+  </si>
+  <si>
+    <t>9497264354</t>
+  </si>
+  <si>
+    <t>ಆರ್ಟಿಯೆಮ್ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>ಕೆಂಪೇಗೌಡ ಡಬಲ್ ರಸ್ತೆ, 5ನೇ ಹಂತ, ರಾಜರಾಜೇಶ್ವರಿ ನಗರ, ಬೆಂಗಳೂರು -560098.</t>
+  </si>
+  <si>
+    <t>md@olympuscancerhospital.com</t>
+  </si>
+  <si>
+    <t>8548815227</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts count="13">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
@@ -10392,51 +10443,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="20" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
     <cellStyle name="Percent" xfId="19" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="21"/>
     <cellStyle name="Normal 2" xfId="20"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr/>
-  <dimension ref="A1:G857"/>
+  <dimension ref="A1:G862"/>
   <sheetViews>
     <sheetView view="normal" workbookViewId="0">
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1" width="6.27734375" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.41796875" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7.27734375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.140625" style="8" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="14" t="s">
@@ -27901,51 +27952,51 @@
       </c>
       <c r="D760" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E760" s="1" t="s">
         <v>2995</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>2996</v>
       </c>
       <c r="G760" s="8" t="s">
         <v>2997</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" s="1">
         <v>2722</v>
       </c>
       <c r="B761" s="1" t="s">
         <v>2998</v>
       </c>
       <c r="C761" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>1775</v>
+        <v>496</v>
       </c>
       <c r="E761" s="1" t="s">
         <v>2999</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>3000</v>
       </c>
       <c r="G761" s="8" t="s">
         <v>3001</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" s="1">
         <v>2723</v>
       </c>
       <c r="B762" s="1" t="s">
         <v>3002</v>
       </c>
       <c r="C762" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>470</v>
       </c>
       <c r="E762" s="1" t="s">
@@ -29922,247 +29973,362 @@
       </c>
       <c r="C848" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E848" s="1" t="s">
         <v>3343</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>3344</v>
       </c>
       <c r="G848" s="8" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="1">
         <v>3809</v>
       </c>
       <c r="B849" s="1" t="s">
         <v>3346</v>
       </c>
       <c r="C849" s="7" t="s">
-        <v>8</v>
+        <v>3346</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>2370</v>
+        <v>3346</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>3347</v>
+        <v>3346</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>3348</v>
+        <v>3346</v>
       </c>
       <c r="G849" s="8" t="s">
-        <v>3349</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="1">
         <v>3810</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="C850" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>3351</v>
+        <v>3348</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>3352</v>
+        <v>3349</v>
       </c>
       <c r="G850" s="8" t="s">
-        <v>3353</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="1">
         <v>3811</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>3354</v>
+        <v>3351</v>
       </c>
       <c r="C851" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>3355</v>
+        <v>3352</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>3356</v>
+        <v>3353</v>
       </c>
       <c r="G851" s="8" t="s">
-        <v>3357</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="1">
         <v>3812</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>3358</v>
+        <v>3355</v>
       </c>
       <c r="C852" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>3359</v>
+        <v>3356</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>3360</v>
+        <v>3357</v>
       </c>
       <c r="G852" s="8" t="s">
-        <v>3361</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="1">
         <v>3813</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>3362</v>
+        <v>3359</v>
       </c>
       <c r="C853" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>3363</v>
+        <v>3360</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>3364</v>
+        <v>3361</v>
       </c>
       <c r="G853" s="8" t="s">
-        <v>3365</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="1">
         <v>3814</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>3366</v>
+        <v>3363</v>
       </c>
       <c r="C854" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>3367</v>
+        <v>3364</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>3368</v>
+        <v>3365</v>
       </c>
       <c r="G854" s="8" t="s">
-        <v>3369</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="1">
         <v>3815</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>3370</v>
+        <v>3367</v>
       </c>
       <c r="C855" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>3371</v>
+        <v>3368</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>3372</v>
+        <v>3369</v>
       </c>
       <c r="G855" s="8" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="1">
         <v>3816</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>3373</v>
+        <v>3370</v>
       </c>
       <c r="C856" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>3374</v>
+        <v>3371</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="G856" s="8" t="s">
-        <v>3376</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="1">
         <v>3817</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>3377</v>
+        <v>3374</v>
       </c>
       <c r="C857" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E857" s="1" t="s">
+        <v>3375</v>
+      </c>
+      <c r="F857" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="G857" s="8" t="s">
+        <v>3377</v>
+      </c>
+    </row>
+    <row r="858" spans="1:7">
+      <c r="A858" s="1">
+        <v>3818</v>
+      </c>
+      <c r="B858" s="1" t="s">
         <v>3378</v>
       </c>
-      <c r="F857" s="1" t="s">
+      <c r="C858" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D858" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E858" s="1" t="s">
         <v>3379</v>
       </c>
-      <c r="G857" s="8" t="s">
+      <c r="F858" s="1" t="s">
         <v>3380</v>
+      </c>
+      <c r="G858" s="8" t="s">
+        <v>3381</v>
+      </c>
+    </row>
+    <row r="859" spans="1:7">
+      <c r="A859" s="1">
+        <v>3819</v>
+      </c>
+      <c r="B859" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="C859" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="E859" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="F859" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="G859" s="8" t="s">
+        <v>3385</v>
+      </c>
+    </row>
+    <row r="860" spans="1:7">
+      <c r="A860" s="1">
+        <v>3820</v>
+      </c>
+      <c r="B860" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C860" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E860" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="F860" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="G860" s="8" t="s">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="861" spans="1:7">
+      <c r="A861" s="1">
+        <v>3821</v>
+      </c>
+      <c r="B861" s="1" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C861" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D861" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="E861" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="F861" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="G861" s="8" t="s">
+        <v>3393</v>
+      </c>
+    </row>
+    <row r="862" spans="1:7">
+      <c r="A862" s="1">
+        <v>3822</v>
+      </c>
+      <c r="B862" s="1" t="s">
+        <v>3394</v>
+      </c>
+      <c r="C862" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D862" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E862" s="1" t="s">
+        <v>3395</v>
+      </c>
+      <c r="F862" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="G862" s="8" t="s">
+        <v>3397</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter scaleWithDoc="1" alignWithMargins="0" differentFirst="0" differentOddEven="0"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Essential XlsIO</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SUMUKHA-IN$</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>