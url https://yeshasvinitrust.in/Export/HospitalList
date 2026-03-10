--- v1 (2026-01-15)
+++ v2 (2026-03-10)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="153222"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="State" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullPrecision="1" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3398" count="5173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3441" count="5233">
   <si>
     <t>Sl.No.</t>
   </si>
   <si>
     <t>Hospital Name</t>
   </si>
   <si>
     <t>Govt/Pvt</t>
   </si>
   <si>
     <t xml:space="preserve">District </t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Hospital Email ID</t>
   </si>
   <si>
     <t>Hospital Phone Number</t>
   </si>
   <si>
     <t>ಎ ವಿ ದಡ್ಡೇನವರ್</t>
   </si>
   <si>
@@ -10061,51 +10061,60 @@
   <si>
     <t>ಪ್ರಗತಿ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಜಿ ಹೆಚ್ ರಸ್ತೆ ಅಶೋಕ್ ನಗರ ಮಂಡ್ಯ - 571401</t>
   </si>
   <si>
     <t>pragathihealthcare@gmail.com</t>
   </si>
   <si>
     <t>9844136146</t>
   </si>
   <si>
     <t>ಕಿರಣ್ ಕಣ್ಣಿನ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>#20, ನೆಲ ಮಹಡಿ, 9ನೇ ಅಡ್ಡರಸ್ತೆ, ಜೆಪಿ ನಗರ, 1ನೇ ಹಂತ, ಬೆಂಗಳೂರು – 560078</t>
   </si>
   <si>
     <t>claims.kiraneyehospital@gmail.com</t>
   </si>
   <si>
     <t>9968859778</t>
   </si>
   <si>
-    <t/>
+    <t>ಗುರುಮಠ ಮಲ್ಟಿಸ್ಪೆಷಾಲಿಟಿ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>ನಂ.5360/E, ಘಾಟಗೆ ಪ್ಲಾಟ್, ಹಿಂಭಾಗದ ಮಾಲಿ ಪೆಟ್ರೋಲ್ ಪಂಪ್, ವಿಜಯಪುರ ರಸ್ತೆ, ಜಮಖಂಡಿ (Tq), ಬಾಗಲಕೋಟೆ -587301.</t>
+  </si>
+  <si>
+    <t>gurumathhospital@gmail.com</t>
+  </si>
+  <si>
+    <t>8147438715</t>
   </si>
   <si>
     <t>ಅಥೇನಾ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಅಥೇನಾ ಆಸ್ಪತ್ರೆ, ಫಲ್ನೀರ್ ರಸ್ತೆ, ಮಂಗಳೂರು -575001 ದ.ಕ.</t>
   </si>
   <si>
     <t>athenahosp@gmail.com</t>
   </si>
   <si>
     <t>702289173</t>
   </si>
   <si>
     <t>ತೆಗ್ಗಿ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಗಾಂಧಿ ವೃತ್ತದ ಹತ್ತಿರ, ನಾಗನಗೌಡ ಕಾಂಪ್ಲೆಕ್ಸ್, ಗಾಂಧಿ ನಗರ ಬಿಳಗಿ (Tq), ಬಾಗಲಕೋಟ.</t>
   </si>
   <si>
     <t>hospitalteggi@gmail.com</t>
   </si>
   <si>
     <t>9591740828</t>
   </si>
@@ -10215,50 +10224,170 @@
     <t>9535480165</t>
   </si>
   <si>
     <t>ಶ್ರಿ ವೆಂಕಟೆಶ್ವಾರಾ ಹಾಸ್ಪಿಟಲ್</t>
   </si>
   <si>
     <t>1 ನೇ ಮುಖ್ಯ, 1 ನೇ ಕ್ರಾಸ್, ವಿನಾಯಕ ನಗರ, ಕ್ಯಾಲ್ಟೆಕ್ಸ್ ಸರ್ಕಲ್, ತುಮಕೂರು -575101</t>
   </si>
   <si>
     <t>insurance.svh4354@gmail.com</t>
   </si>
   <si>
     <t>9497264354</t>
   </si>
   <si>
     <t>ಆರ್ಟಿಯೆಮ್ ಆಸ್ಪತ್ರೆ</t>
   </si>
   <si>
     <t>ಕೆಂಪೇಗೌಡ ಡಬಲ್ ರಸ್ತೆ, 5ನೇ ಹಂತ, ರಾಜರಾಜೇಶ್ವರಿ ನಗರ, ಬೆಂಗಳೂರು -560098.</t>
   </si>
   <si>
     <t>md@olympuscancerhospital.com</t>
   </si>
   <si>
     <t>8548815227</t>
+  </si>
+  <si>
+    <t>ಅಭಯ ಆಯ್ ಹಾಸ್ಪಿಟಲ್</t>
+  </si>
+  <si>
+    <t>ಅಗ್ನಿಶಾಮಕ ಠಾಣೆ ಎದುರು, NH-206, ಕಡೂರು (Tq), ಚಿಕ್ಕಮಗಳೂರು -577548.</t>
+  </si>
+  <si>
+    <t>admin@abhayaeyecare.com; cashless.abhayaeyecare@gmail.com; empanelment.abhayaeyecare@gmail.com</t>
+  </si>
+  <si>
+    <t>9844789726</t>
+  </si>
+  <si>
+    <t>ತಪಶೆಟ್ಟಿ ಸೂಪರ್ ಸ್ಪೆಷಾಲಿಟೀ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>ವಾರ್ಡ್ ಸಂಖ್ಯೆ -10, ಮಹಾವೀರ್ ರಸ್ತೆ, ನೀರಿನ ಟ್ಯಾಂಕ್ ಹತ್ತಿರ, ಬಾಗಲಕೋಟೆ.</t>
+  </si>
+  <si>
+    <t>tapashettihospital@gmail.com</t>
+  </si>
+  <si>
+    <t>9742920605</t>
+  </si>
+  <si>
+    <t>ಸೈ ಸಹಾಯಾ ಹೆಲ್ಥ್ ಕೆಯರ್ ಹಾಸ್ಪಿಟಲ್</t>
+  </si>
+  <si>
+    <t>ಸಿಎಂಸಿ ಸಂಖ್ಯೆ -4746,/ಡಿ, ನೆಲ ಮಹಡಿ, ಪಾಟೀಲ್ ಸಿಗ್ನೆಟ್ ಕಾಂಪ್ಲೆಕ್ಸ್, ಬಸವೇಶ್ವರ ವೃತ್ತದ ಹತ್ತಿರ, ಜಮಖಂಡಿ (Tq), ಬಾಗಲಕೋಟೆ.</t>
+  </si>
+  <si>
+    <t>kykambagi37@gmail.com; kashinathkambagi@gmail.com</t>
+  </si>
+  <si>
+    <t>8660827412</t>
+  </si>
+  <si>
+    <t>ವಂಶವೃಕ್ಷ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>ಬಾಲಾಜಿ ಆಯಿಲ್ ಮಿಲ್ ಹಿಂದೆ, ಬಾಲಾಜಿನಗರ, ಸಿರಾ(Tq) ತುಮಕೂರು -572137</t>
+  </si>
+  <si>
+    <t>vamshavrikshahospitalsira@gmail.com</t>
+  </si>
+  <si>
+    <t>9740105999</t>
+  </si>
+  <si>
+    <t>ಬಸವ ಮಲ್ಟಿಸ್ಪೆಷಾಲಿಟಿ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>#15, ಭೂಮಿಕಾ ಸುಕೂನ್ ಲೇಔಟ್, ಹೆಚ್.ಡಿ.ಕೋಟೆ ಮುಖ್ಯ ರಸ್ತೆ, ಚಿಕ್ಕಹುಣಸೂರು, ಹುಣಸೂರು(Tq), ಮೈಸೂರು -571105.</t>
+  </si>
+  <si>
+    <t>hari.quite@gmail.com</t>
+  </si>
+  <si>
+    <t>9945121562</t>
+  </si>
+  <si>
+    <t>ಸಿಜಿಎಸ್ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>ಹೊಸ ಕೆಇಬಿ ಕಚೇರಿ, ಚಿತ್ರದುರ್ಗ ರಸ್ತೆ, ಚಳ್ಳಕೆರೆ, ಚಿತ್ರದುರ್ಗ.</t>
+  </si>
+  <si>
+    <t>cgshospital.clk@gmail.com</t>
+  </si>
+  <si>
+    <t>8971377934</t>
+  </si>
+  <si>
+    <t>ತುಲಸಿ ಮಲ್ಟಿಸ್ಪೆಷಾಲಿಟಿ ಆಸ್ಪತ್ರೆ</t>
+  </si>
+  <si>
+    <t>ವಿಜಯನಗರ ಬಡಾವಣೆ, ವಾರ್ಡ್ ನಂ.2. ಅಪೋಲೋ ಫಾರ್ಮಸಿ ಹಿಂದೆ, T.H. ಮುಖ್ಯ ರಸ್ತೆ, ಹೊಸದುರ್ಗ (Tq), ಚಿತ್ರದುರ್ಗ -577527</t>
+  </si>
+  <si>
+    <t>shastrybb@gmail.com; tulasimsh.insurance@gmail.com</t>
+  </si>
+  <si>
+    <t>9164341311</t>
+  </si>
+  <si>
+    <t>ವಿಸ್ಮಯ ಆಸ್ಪತ್ರೆ, (ಅಘ್ಯೌದಯ ಆಸ್ಪತ್ರೆ ಪ್ರೈವೇಟ್ ಲಿಮಿಟೆಡ್‌ನ ಎ-ಘಟಕ)</t>
+  </si>
+  <si>
+    <t>7ನೇ ರಸ್ತೆ, ಕೆ.ಆರ್.ನಗರ (ಟಿಕ್ಯೂ), ಮೈಸೂರು -571602.</t>
+  </si>
+  <si>
+    <t>vhidcoin@gmail.com</t>
+  </si>
+  <si>
+    <t>9483016611</t>
+  </si>
+  <si>
+    <t>ಎಂ.ಎಂ.ಜೋಶಿ ಗಣೇಶ್ ನೇತ್ರಾಲಯ ಕಣ್ಣಿನ ಆಸ್ಪತ್ರೆ ಪ್ರೈ. ಲಿ.</t>
+  </si>
+  <si>
+    <t>ಶಕ್ತಿ ನಗರ, ದೇವಿಕೆರೆ, ಸಿರ್ಸಿ - 581401.</t>
+  </si>
+  <si>
+    <t>ac.mmjganesh@gmail.com; tpa.mmjgnsirsi@gmail.com</t>
+  </si>
+  <si>
+    <t>9148846237 \ 9242837231</t>
+  </si>
+  <si>
+    <t>ಕ್ಯೂರ್ ಆಸ್ಪತ್ರೆ, ಉತ್ತರಹಳ್ಳಿ</t>
+  </si>
+  <si>
+    <t>ನಂ.18, ದೊಡ್ಡಕಲ್ಲಸಂದ್ರ ಕೈಗಾರಿಕಾ ಪ್ರದೇಶ, ಕನಕಪುರ ಮುಖ್ಯ ರಸ್ತೆ, ಉತ್ತರಹಳ್ಳಿ, ಬೆಂಗಳೂರು -560062.</t>
+  </si>
+  <si>
+    <t>Kishan@curahospital.com; Curahospital111@gmail.com</t>
+  </si>
+  <si>
+    <t>9972720256</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts count="13">
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
@@ -10443,51 +10572,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="20" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
     <cellStyle name="Percent" xfId="19" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="21"/>
     <cellStyle name="Normal 2" xfId="20"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr/>
-  <dimension ref="A1:G862"/>
+  <dimension ref="A1:G872"/>
   <sheetViews>
     <sheetView view="normal" workbookViewId="0">
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1" width="6.27734375" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.41796875" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7.27734375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.140625" style="8" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="14" t="s">
@@ -29973,362 +30102,592 @@
       </c>
       <c r="C848" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E848" s="1" t="s">
         <v>3343</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>3344</v>
       </c>
       <c r="G848" s="8" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="1">
         <v>3809</v>
       </c>
       <c r="B849" s="1" t="s">
         <v>3346</v>
       </c>
       <c r="C849" s="7" t="s">
-        <v>3346</v>
+        <v>8</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>3346</v>
+        <v>9</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
       <c r="G849" s="8" t="s">
-        <v>3346</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="1">
         <v>3810</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>3347</v>
+        <v>3350</v>
       </c>
       <c r="C850" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>3348</v>
+        <v>3351</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>3349</v>
+        <v>3352</v>
       </c>
       <c r="G850" s="8" t="s">
-        <v>3350</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="1">
         <v>3811</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>3351</v>
+        <v>3354</v>
       </c>
       <c r="C851" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>3352</v>
+        <v>3355</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>3353</v>
+        <v>3356</v>
       </c>
       <c r="G851" s="8" t="s">
-        <v>3354</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="1">
         <v>3812</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>3355</v>
+        <v>3358</v>
       </c>
       <c r="C852" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>3356</v>
+        <v>3359</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>3357</v>
+        <v>3360</v>
       </c>
       <c r="G852" s="8" t="s">
-        <v>3358</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="1">
         <v>3813</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>3359</v>
+        <v>3362</v>
       </c>
       <c r="C853" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>3360</v>
+        <v>3363</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>3361</v>
+        <v>3364</v>
       </c>
       <c r="G853" s="8" t="s">
-        <v>3362</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="1">
         <v>3814</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>3363</v>
+        <v>3366</v>
       </c>
       <c r="C854" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>3364</v>
+        <v>3367</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>3365</v>
+        <v>3368</v>
       </c>
       <c r="G854" s="8" t="s">
-        <v>3366</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="1">
         <v>3815</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>3367</v>
+        <v>3370</v>
       </c>
       <c r="C855" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>3368</v>
+        <v>3371</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>3369</v>
+        <v>3372</v>
       </c>
       <c r="G855" s="8" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="1">
         <v>3816</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>3370</v>
+        <v>3373</v>
       </c>
       <c r="C856" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>3371</v>
+        <v>3374</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>3372</v>
+        <v>3375</v>
       </c>
       <c r="G856" s="8" t="s">
-        <v>3373</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="1">
         <v>3817</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>3374</v>
+        <v>3377</v>
       </c>
       <c r="C857" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>3375</v>
+        <v>3378</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>3376</v>
+        <v>3379</v>
       </c>
       <c r="G857" s="8" t="s">
-        <v>3377</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" s="1">
         <v>3818</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>3378</v>
+        <v>3381</v>
       </c>
       <c r="C858" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>3379</v>
+        <v>3382</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>3380</v>
+        <v>3383</v>
       </c>
       <c r="G858" s="8" t="s">
-        <v>3381</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" s="1">
         <v>3819</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>3382</v>
+        <v>3385</v>
       </c>
       <c r="C859" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>991</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>3383</v>
+        <v>3386</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>3384</v>
+        <v>3387</v>
       </c>
       <c r="G859" s="8" t="s">
-        <v>3385</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" s="1">
         <v>3820</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>3386</v>
+        <v>3389</v>
       </c>
       <c r="C860" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>3387</v>
+        <v>3390</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>3388</v>
+        <v>3391</v>
       </c>
       <c r="G860" s="8" t="s">
-        <v>3389</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" s="1">
         <v>3821</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>3390</v>
+        <v>3393</v>
       </c>
       <c r="C861" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>2250</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>3391</v>
+        <v>3394</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>3392</v>
+        <v>3395</v>
       </c>
       <c r="G861" s="8" t="s">
-        <v>3393</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" s="1">
         <v>3822</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>3394</v>
+        <v>3397</v>
       </c>
       <c r="C862" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>3395</v>
+        <v>3398</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>3396</v>
+        <v>3399</v>
       </c>
       <c r="G862" s="8" t="s">
-        <v>3397</v>
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="863" spans="1:7">
+      <c r="A863" s="1">
+        <v>3823</v>
+      </c>
+      <c r="B863" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="C863" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D863" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="E863" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="F863" s="1" t="s">
+        <v>3403</v>
+      </c>
+      <c r="G863" s="8" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="864" spans="1:7">
+      <c r="A864" s="1">
+        <v>3824</v>
+      </c>
+      <c r="B864" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="C864" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E864" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="F864" s="1" t="s">
+        <v>3407</v>
+      </c>
+      <c r="G864" s="8" t="s">
+        <v>3408</v>
+      </c>
+    </row>
+    <row r="865" spans="1:7">
+      <c r="A865" s="1">
+        <v>3825</v>
+      </c>
+      <c r="B865" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="C865" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E865" s="1" t="s">
+        <v>3410</v>
+      </c>
+      <c r="F865" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="G865" s="8" t="s">
+        <v>3412</v>
+      </c>
+    </row>
+    <row r="866" spans="1:7">
+      <c r="A866" s="1">
+        <v>3826</v>
+      </c>
+      <c r="B866" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="C866" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="E866" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="F866" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="G866" s="8" t="s">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="867" spans="1:7">
+      <c r="A867" s="1">
+        <v>3827</v>
+      </c>
+      <c r="B867" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="C867" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E867" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="F867" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="G867" s="8" t="s">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="868" spans="1:7">
+      <c r="A868" s="1">
+        <v>3828</v>
+      </c>
+      <c r="B868" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="C868" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D868" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="E868" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="F868" s="1" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G868" s="8" t="s">
+        <v>3424</v>
+      </c>
+    </row>
+    <row r="869" spans="1:7">
+      <c r="A869" s="1">
+        <v>3829</v>
+      </c>
+      <c r="B869" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="C869" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D869" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="E869" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F869" s="1" t="s">
+        <v>3427</v>
+      </c>
+      <c r="G869" s="8" t="s">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="870" spans="1:7">
+      <c r="A870" s="1">
+        <v>3830</v>
+      </c>
+      <c r="B870" s="1" t="s">
+        <v>3429</v>
+      </c>
+      <c r="C870" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D870" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E870" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F870" s="1" t="s">
+        <v>3431</v>
+      </c>
+      <c r="G870" s="8" t="s">
+        <v>3432</v>
+      </c>
+    </row>
+    <row r="871" spans="1:7">
+      <c r="A871" s="1">
+        <v>3831</v>
+      </c>
+      <c r="B871" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="C871" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D871" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="E871" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="F871" s="1" t="s">
+        <v>3435</v>
+      </c>
+      <c r="G871" s="8" t="s">
+        <v>3436</v>
+      </c>
+    </row>
+    <row r="872" spans="1:7">
+      <c r="A872" s="1">
+        <v>3832</v>
+      </c>
+      <c r="B872" s="1" t="s">
+        <v>3437</v>
+      </c>
+      <c r="C872" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E872" s="1" t="s">
+        <v>3438</v>
+      </c>
+      <c r="F872" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="G872" s="8" t="s">
+        <v>3440</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter scaleWithDoc="1" alignWithMargins="0" differentFirst="0" differentOddEven="0"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Essential XlsIO</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SUMUKHA-IN$</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>